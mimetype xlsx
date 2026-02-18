--- v0 (2025-10-18)
+++ v1 (2026-02-18)
@@ -32343,51 +32343,51 @@
       <c r="O1000" s="1"/>
       <c r="P1000" s="1"/>
       <c r="Q1000" s="1"/>
       <c r="R1000" s="1"/>
       <c r="S1000" s="1"/>
       <c r="T1000" s="1"/>
       <c r="U1000" s="1"/>
       <c r="V1000" s="1"/>
       <c r="W1000" s="1"/>
       <c r="X1000" s="1"/>
       <c r="Y1000" s="1"/>
       <c r="Z1000" s="1"/>
     </row>
   </sheetData>
   <dataValidations count="117">
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="A2:A100">
       <formula1>"اوستن مارتن,اودي,بايك,بنتلي,بيستون,بي ام دبليو,بي واي دى,كاديلاك,شانجان,شيري,شيفروليت,سيتروين,دودج,فاو,فراري,فيات,فورد,فتون,جيلي,جينيسيس ,جي ام سي,جي دبليو ام,هافال,هوندا,هونشي ,همر,هونداي,انفينيتي,ايسوزو,جاك ,جاكوار,جيب,جيتور,ج ام سي,كيا,لمبورجيني,لاندروفر,لكزس,ليفان,لينكولن,لوسيد,ميزاراتي,مازدا,ماكسيوس ,مرسيدس بنز,ام جي,ميني,ميتسوبيشي,نيسان,بيجو,بورش,رينو,رولز رويلس,ساب,سيات,سكودا,سانغ يونغ,سوبارو,سوزوكي,تاتا,تسلا,تويوتا,فولوكس واجن,فولفو ,فورثينج,لينك آند كو,إكسيد"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="C2:C100">
       <formula1>"ممتاز,مقبوله,جديده"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="D2:D100">
       <formula1>"تحديد قيمه السياره,بيع السياره,أغراض تجاريه"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" prompt="اختر سنه الصنع." sqref="E2:E100">
-      <formula1>"2015,2016,2017,2018,2019,2020,2021,2022,2023,2024,2025"</formula1>
+      <formula1>"2016,2017,2018,2019,2020,2021,2022,2023,2024,2025,2026"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="F2:F100">
       <formula1>"أفراد,بنك,شركه"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" prompt="اختر عدد القطع المتضرره." sqref="G2:G100">
       <formula1>"0,1,2,3,4,5,6,7,8,9,10,11,12,13,14,15,16,17,18,19,20,21,22,23,24,25,26,27,28,29,30,31,32,33,34,35,36,37,38,39,40,41,42,43,44,45,46,47,48,49,50"</formula1>
     </dataValidation>
     <dataValidation type="whole" errorStyle="stop" operator="between" allowBlank="1" showDropDown="1" showInputMessage="0" showErrorMessage="0" prompt="ادخل المسافه المقطوعه بالكيلوهات." sqref="H2:H100">
       <formula1>1</formula1>
       <formula2>1000000</formula2>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="I2:I100">
       <formula1>"ممتاز,مقبول"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="J2:J100">
       <formula1>"ممتاز,مقبول"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="A2">
       <formula1>"اوستن مارتن,اودي,بايك,بنتلي,بيستون,بي ام دبليو,بي واي دى,كاديلاك,شانجان,شيري,شيفروليت,سيتروين,دودج,فاو,فراري,فيات,فورد,فتون,جيلي,جينيسيس ,جي ام سي,جي دبليو ام,هافال,هوندا,هونشي ,همر,هونداي,انفينيتي,ايسوزو,جاك ,جاكوار,جيب,جيتور,ج ام سي,كيا,لمبورجيني,لاندروفر,لكزس,ليفان,لينكولن,لوسيد,ميزاراتي,مازدا,ماكسيوس ,مرسيدس بنز,ام جي,ميني,ميتسوبيشي,نيسان,بيجو,بورش,رينو,رولز رويلس,ساب,سيات,سكودا,سانغ يونغ,سوبارو,سوزوكي,تاتا,تسلا,تويوتا,فولوكس واجن,فولفو ,فورثينج,لينك آند كو,إكسيد"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="B90">
       <formula1>INDIRECT(SUBSTITUTE($A$90, " ", "_"))</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="B20">
       <formula1>INDIRECT(SUBSTITUTE($A$20, " ", "_"))</formula1>
@@ -32668,51 +32668,51 @@
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="B62">
       <formula1>INDIRECT(SUBSTITUTE($A$62, " ", "_"))</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="B35">
       <formula1>INDIRECT(SUBSTITUTE($A$35, " ", "_"))</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="B45">
       <formula1>INDIRECT(SUBSTITUTE($A$45, " ", "_"))</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="B16">
       <formula1>INDIRECT(SUBSTITUTE($A$16, " ", "_"))</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="B32">
       <formula1>INDIRECT(SUBSTITUTE($A$32, " ", "_"))</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="B14">
       <formula1>INDIRECT(SUBSTITUTE($A$14, " ", "_"))</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="C2">
       <formula1>"ممتاز,مقبوله,جديده"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="D2">
       <formula1>"تحديد قيمه السياره,بيع السياره,أغراض تجاريه"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" prompt="اختر سنه الصنع." sqref="E2">
-      <formula1>"2015,2016,2017,2018,2019,2020,2021,2022,2023,2024,2025"</formula1>
+      <formula1>"2016,2017,2018,2019,2020,2021,2022,2023,2024,2025,2026"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="F2">
       <formula1>"أفراد,بنك,شركه"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" prompt="اختر عدد القطع المتضرره." sqref="G2">
       <formula1>"0,1,2,3,4,5,6,7,8,9,10,11,12,13,14,15,16,17,18,19,20,21,22,23,24,25,26,27,28,29,30,31,32,33,34,35,36,37,38,39,40,41,42,43,44,45,46,47,48,49,50"</formula1>
     </dataValidation>
     <dataValidation type="whole" errorStyle="stop" operator="between" allowBlank="1" showDropDown="1" showInputMessage="0" showErrorMessage="0" prompt="ادخل المسافه المقطوعه بالكيلوهات." sqref="H2">
       <formula1>1</formula1>
       <formula2>1000000</formula2>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="I2">
       <formula1>"ممتاز,مقبول"</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="0" showErrorMessage="0" sqref="J2">
       <formula1>"ممتاز,مقبول"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>